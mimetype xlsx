--- v0 (2025-11-13)
+++ v1 (2026-02-14)
@@ -57,51 +57,51 @@
   <si>
     <t>Parecer da Comissão de Justiça e Redação nº 21 de 2024</t>
   </si>
   <si>
     <t>Parecer da comissão de Justiça e redação ao Projeto 08/2024. Altera os incisos II, IV, V, VI, VII e VIII, do artigo 1º, o artigo 2º, e renumera os artigos “4º” e “5º”, todos da Lei nº 3.237/2024, que estabelece os subsídios dos Vereadores e Vereador Presidente da Câmara Municipal de Santo Antonio do Sudoeste, Estado do Paraná, para Legislatura 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>Incluída na Ordem do Dia - Votação Única</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento nº 16 de 2024</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento ao PLL Nº 08/2024 - "Altera os incisos II, IV, V, VI, VII e VIII, do artigo 1º, o artigo 2º, e renumera os artigos “4º” e “5º”, todos da Lei nº 3.237/2024, que estabelece os subsídios dos Vereadores e Vereador Presidente da Câmara Municipal de Santo Antonio do Sudoeste, Estado do Paraná, para Legislatura 2025-2028 e dá outras providências.".</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo nº 8 de 2024</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>PROJETO DE LEI N° 08/2024 - Altera os incisos II, IV, V, VI, VII e VIII, do artigo 1º, o artigo 2º, e renumera os artigos “4º” e “5º”, todos da Lei nº 3.237/2024, que estabelece os subsídios dos Vereadores e Vereador Presidente da Câmara Municipal de Santo Antonio do Sudoeste, Estado do Paraná, para Legislatura 2025-2028 e dá outras providências.</t>
+    <t>Altera os incisos II, IV, V, VI, VII e VIII, do artigo 1º, o artigo 2º, e renumera os artigos “4º” e “5º”, todos da Lei nº 3.237/2024, que estabelece os subsídios dos Vereadores e Vereador Presidente da Câmara Municipal de Santo Antonio do Sudoeste, Estado do Paraná, para Legislatura 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>Incluída na Ordem do Dia - 1ª Votação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício do Executivo nº 181 de 2024</t>
   </si>
   <si>
     <t>Ricardo Antonio Ortiña - Prefeito</t>
   </si>
   <si>
     <t>Oficio no 181 /2024 - Solicita que seja marcada AUDIÊNCIA PUBLICA, sugestivamente na data de 27 de  maio do ano corrente, às 16:00 horas, objetivando a demonstração e avaliação do cumprimento das metas fiscais do município de Santo António do Sudoeste- PR, relativas ao primeiro quadrimestre do ano 2024.</t>
   </si>
   <si>
     <t>Encaminhado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">