--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Sérgio de Mattos, Camilo Carminatti, Clairton Cauduro, Claudecir Rocha Lopes, Claudio A. G. do Carmo, Elizete D. Gradaschi, Grasiela C. G. Nodari, Marcos de Oliveira, Micheli Alves de Lima, Sebastião de Oliveira, Vanderlei Darci Novak</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_11.2023_do_poder_legislativo._mao_unica_ruas_mariano_mineto_e_maria_gertrudes_ortega..pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_11.2023_do_poder_legislativo._mao_unica_ruas_mariano_mineto_e_maria_gertrudes_ortega..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 11/2023 DE AUTORIA DO LEGISLATIVO MUNICIPAL_x000D_
 _x000D_
 “Mão Única nas ruas Mariano Minetto, e na rua Maria Gertrudes Ortega, onde se localizam estabelecimentos de ensino e dá outras providências”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -407,68 +407,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_11.2023_do_poder_legislativo._mao_unica_ruas_mariano_mineto_e_maria_gertrudes_ortega..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_11.2023_do_poder_legislativo._mao_unica_ruas_mariano_mineto_e_maria_gertrudes_ortega..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="205.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="178.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="177.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="128.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>