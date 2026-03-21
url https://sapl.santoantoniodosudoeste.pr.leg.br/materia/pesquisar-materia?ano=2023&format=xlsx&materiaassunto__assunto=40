--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,178 +54,178 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcos de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_51.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indica, ao Executivo Municipal, gestões junto ao departamento responsável para fazer um prolongamento da rua Antonio Cordeiro,  ligando a Vila Catarina, Vila Alta, passando pela chácara urbana ali existente  paralela a Br163.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Claudecir Rocha Lopes</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_no_55.2023-_vereador_caudecir_rocha_lopes.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_no_55.2023-_vereador_caudecir_rocha_lopes.pdf</t>
   </si>
   <si>
     <t>Indica, seja encaminhado expediente ao Chefe do Poder Executivo Municipal, para que este determine ao setor competente, a realização de estudos, objetivando a instalação de dois redutores de velocidade, tipo quebra-molas, nas ruas que Especifica:_x000D_
 _x000D_
 1.	Rua Ângelo Milani, em frente à Escola Municipal de Ensino Fundamental Pedro do Santos;_x000D_
 _x000D_
 2.	Avenida Percy Schreiner, esquina com a Rua Francisco Alves próximo a Capela do Divino e Rua Artur Januário Angonesi.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Claudio A. G. do Carmo</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_57.2023_-_vereador_claudio_do_carmo.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_57.2023_-_vereador_claudio_do_carmo.pdf</t>
   </si>
   <si>
     <t>Reitera indicação nº 49/2022 de 21 de outubro de 2022, para que o Poder Executivo Municipal, proceda a concessão de direito real de do “quiosque do lago” em favor de uma associação de produtores da agricultura familiar ou de qualquer outra pessoa jurídica, para a comercialização de lanches, coffee break, bebidas não alcoólicas, tais como, vitaminas, sucos, refrigerantes, iogurtes etc._x000D_
 J</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_63.2023_-_vereador_marcos_de_oliveira.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_63.2023_-_vereador_marcos_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que analise a possibilidade de efetuar a pavimentação com pedras poliédricas (calçamento) no trecho de estrada rural de acesso ao Santuário de Santa Rita de Cássia (Linha Valdomeira).</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx</t>
   </si>
   <si>
     <t>Reitera a Indicação 014/2019, para que a Administração Pública Municipal, através do Departamento de Urbanismo, realize obra de instalação de postes de iluminação nas margens da rodovia BR-163, no trecho compreendido entre o trevo do CTG, até a entrada de acesso ao bairro “Parque das Embaúvas”, onde estão sediadas as fábricas de confecções e demais indústrias.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx</t>
   </si>
   <si>
     <t>Reitera o Requerimento 007/2015 e a Indicação 003/2022, para que a Administração Pública Municipal, junto ao Departamento de Urbanismo, substitua os postes de iluminação pública da Avenida Brasil por postes com lâmpadas de led.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Elizete D. Gradaschi</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, através do departamento competente que providencie os serviços de recapeamento asfáltico sobre pedras irregulares nas ruas que especifica, localizadas no Bairro Princesa Isabel: _x000D_
 1)	Rua Marechal Deodoro, entre a Rua República Argentina e João Scalon;  _x000D_
 2)	Rua Velucino de Mattos, entre o entroncamento da Rua Jesuíno Teodorico de Andrade, com a Rua João Scalon, até a Rua Pedro Pereira de Sá.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_n_27.2023-_vereador_marcos_de_oliveira.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_n_27.2023-_vereador_marcos_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Requer ao Departamento de Estradas de Rodagem - DER, para que estude a possibilidade de fazer a manutenção do trevo de acesso ao Distrito de São Pedro do Florido.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Ricardo Antonio Ortiña</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/327/pl.pdf</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/327/pl.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 034/2023_x000D_
 SUMULA: Autoriza o Poder Executivo Municipal a realizar a desafetação da Área Institucional 2 – P.M, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -533,68 +533,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_no_55.2023-_vereador_caudecir_rocha_lopes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_57.2023_-_vereador_claudio_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_63.2023_-_vereador_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_n_27.2023-_vereador_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/327/pl.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_no_55.2023-_vereador_caudecir_rocha_lopes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_57.2023_-_vereador_claudio_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_63.2023_-_vereador_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_64.2023_-_vereador_claudio_do_carmo.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_n_27.2023-_vereador_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/327/pl.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="139.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="138.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>