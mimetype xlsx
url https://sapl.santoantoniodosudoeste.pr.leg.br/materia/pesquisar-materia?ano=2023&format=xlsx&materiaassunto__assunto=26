--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Claudio A. G. do Carmo</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodosudoeste.pr.leg.br/media/</t>
+    <t>http://sapl.santoantoniodosudoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Requer seja enviado ao Executivo Municipal ofício solicitando relatório de todas obras em fase de execução, empenhadas, bem como, as que se encontram em elaboração de projeto junto ao Departamento de Engenharia da Prefeitura Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodosudoeste.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodosudoeste.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="49.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="48.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="217.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>